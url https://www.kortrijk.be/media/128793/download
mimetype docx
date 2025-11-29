--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -2160,96 +2160,113 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A03C8C">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00D82513">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00C547AD">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Verbouwingen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="571FF3BB" w14:textId="77777777" w:rsidR="001232EF" w:rsidRPr="008B7FAA" w:rsidRDefault="001232EF" w:rsidP="001232EF">
+    <w:p w14:paraId="571FF3BB" w14:textId="452C50BE" w:rsidR="001232EF" w:rsidRPr="008B7FAA" w:rsidRDefault="001232EF" w:rsidP="001232EF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B7FAA">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>De kosten voor het operationeel maken van het pa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
-        <w:t>nd worden gedragen door de huurder, exclusief het voorzien van primaire nutsleidingen (zijnde gas, water en elektriciteit). Deze laatste zijn de verantwoordelijkheid van de verhuurder.</w:t>
+        <w:t xml:space="preserve">nd </w:t>
+      </w:r>
+      <w:r w:rsidR="00993979">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(zoals opfriswerken) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>worden gedragen door de huurder, exclusief het voorzien van primaire nutsleidingen (zijnde gas, water en elektriciteit). Deze laatste zijn de verantwoordelijkheid van de verhuurder.</w:t>
+      </w:r>
+      <w:r w:rsidR="00993979">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Structurele gebreken aan het pand (zoals niet werkende verwarming of waterlek via het dak) valt onder bevoegdheid van de verhuurder. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="571FF3BC" w14:textId="3F892492" w:rsidR="00C547AD" w:rsidRDefault="00C547AD" w:rsidP="00D82513">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve">De huurder heeft het recht aan het gehuurde goed elke verbouwing uit te voeren die dienstig is voor zijn onderneming en waarvan de kosten één jaar huur niet te boven gaan, op voorwaarde dat daardoor noch de veiligheid, noch de salubriteit, noch de </w:t>
       </w:r>
       <w:r w:rsidR="000E4919">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>est</w:t>
       </w:r>
-      <w:r w:rsidR="000E4919" w:rsidRPr="000E4919">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="000E4919" w:rsidRPr="00993979">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
       <w:r w:rsidR="000E4919">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>etische</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve"> waarde van het gebouw in het gedrang komen, en op voorwaarde dat hij de verhuurder voor de aanvang van de werken daarvan schriftelijk in kennis stelt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="571FF3BD" w14:textId="7492FD52" w:rsidR="00E539FD" w:rsidRDefault="00E539FD" w:rsidP="00074E3E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
@@ -2561,78 +2578,78 @@
       <w:r w:rsidR="002316A4" w:rsidRPr="00CD440A">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00C547AD" w:rsidRPr="00CD440A">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Wijzigen van de overeenkomst</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="571FF3C4" w14:textId="77777777" w:rsidR="00A03C8C" w:rsidRPr="00CD440A" w:rsidRDefault="00A03C8C" w:rsidP="00D922BA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD440A">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>De inhoud van deze overeenkomst kan slechts gewijzigd</w:t>
       </w:r>
       <w:r w:rsidR="00D82513" w:rsidRPr="00CD440A">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve"> worden middels een door beide p</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD440A">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>artijen ondertekend geschrift.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="392B90B8" w14:textId="5AE8FE0E" w:rsidR="002316A4" w:rsidRPr="00CD440A" w:rsidRDefault="002316A4" w:rsidP="00D922BA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD440A">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Artikel 16 Geschillen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04FDA869" w14:textId="7A1F885D" w:rsidR="002316A4" w:rsidRPr="00CD440A" w:rsidRDefault="002316A4" w:rsidP="002316A4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD440A">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>Alle geschillen waartoe deze overeenkomst aanleiding zou kunnen geven, vallen onder de uitsluitende bevoegdheid van de vrederechter van de plaats waar het onroerend goed gelegen is.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7296C855" w14:textId="658C92C8" w:rsidR="002316A4" w:rsidRPr="00C547AD" w:rsidRDefault="002316A4" w:rsidP="002316A4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD440A">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
@@ -3240,61 +3257,61 @@
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="571FF3D4" w14:textId="77777777" w:rsidR="00D922BA" w:rsidRDefault="00D922BA" w:rsidP="00074E3E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
           <w:tab w:val="left" w:pos="5103"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8789"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D922BA">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1F16F530" w14:textId="77777777" w:rsidR="004F02A6" w:rsidRDefault="004F02A6" w:rsidP="0019539C">
+    <w:p w14:paraId="0F4B7DA4" w14:textId="77777777" w:rsidR="005530E4" w:rsidRDefault="005530E4" w:rsidP="0019539C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="102E2562" w14:textId="77777777" w:rsidR="004F02A6" w:rsidRDefault="004F02A6" w:rsidP="0019539C">
+    <w:p w14:paraId="7F95478F" w14:textId="77777777" w:rsidR="005530E4" w:rsidRDefault="005530E4" w:rsidP="0019539C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -3326,61 +3343,61 @@
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="42AA2FC1" w14:textId="77777777" w:rsidR="004F02A6" w:rsidRDefault="004F02A6" w:rsidP="0019539C">
+    <w:p w14:paraId="63257A93" w14:textId="77777777" w:rsidR="005530E4" w:rsidRDefault="005530E4" w:rsidP="0019539C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="39109B46" w14:textId="77777777" w:rsidR="004F02A6" w:rsidRDefault="004F02A6" w:rsidP="0019539C">
+    <w:p w14:paraId="2DC08208" w14:textId="77777777" w:rsidR="005530E4" w:rsidRDefault="005530E4" w:rsidP="0019539C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A9B7AE7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="67E8AAD0"/>
     <w:lvl w:ilvl="0" w:tplc="0813000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
@@ -3631,68 +3648,72 @@
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D922BA"/>
     <w:rsid w:val="000572A3"/>
     <w:rsid w:val="00074E3E"/>
     <w:rsid w:val="000A4412"/>
     <w:rsid w:val="000D6CC4"/>
     <w:rsid w:val="000E4919"/>
     <w:rsid w:val="000F22BE"/>
     <w:rsid w:val="001232EF"/>
     <w:rsid w:val="0012579D"/>
     <w:rsid w:val="00157FAD"/>
     <w:rsid w:val="0019539C"/>
     <w:rsid w:val="001974C2"/>
     <w:rsid w:val="001A3314"/>
     <w:rsid w:val="001B2F3F"/>
     <w:rsid w:val="001C321F"/>
     <w:rsid w:val="001C616E"/>
     <w:rsid w:val="002316A4"/>
     <w:rsid w:val="00243AA0"/>
     <w:rsid w:val="00301FC5"/>
     <w:rsid w:val="003167F7"/>
+    <w:rsid w:val="00450E43"/>
     <w:rsid w:val="00456A85"/>
     <w:rsid w:val="00457FC4"/>
     <w:rsid w:val="004A78AE"/>
     <w:rsid w:val="004C6A69"/>
     <w:rsid w:val="004E6178"/>
     <w:rsid w:val="004F02A6"/>
     <w:rsid w:val="005002E2"/>
     <w:rsid w:val="0053252C"/>
+    <w:rsid w:val="005530E4"/>
     <w:rsid w:val="005802AB"/>
     <w:rsid w:val="006221FB"/>
     <w:rsid w:val="00624614"/>
     <w:rsid w:val="0063744C"/>
     <w:rsid w:val="00722BD0"/>
     <w:rsid w:val="007423C8"/>
     <w:rsid w:val="007C3749"/>
+    <w:rsid w:val="0084092D"/>
     <w:rsid w:val="008513F0"/>
     <w:rsid w:val="008B7FAA"/>
     <w:rsid w:val="00912C48"/>
+    <w:rsid w:val="00993979"/>
     <w:rsid w:val="009B29C4"/>
     <w:rsid w:val="009B3BCF"/>
     <w:rsid w:val="009C6ECD"/>
     <w:rsid w:val="00A03C8C"/>
     <w:rsid w:val="00A72F03"/>
     <w:rsid w:val="00AD0FC3"/>
     <w:rsid w:val="00AD579F"/>
     <w:rsid w:val="00AE2A8D"/>
     <w:rsid w:val="00B17188"/>
     <w:rsid w:val="00B25112"/>
     <w:rsid w:val="00B31E72"/>
     <w:rsid w:val="00BE477F"/>
     <w:rsid w:val="00C547AD"/>
     <w:rsid w:val="00C56419"/>
     <w:rsid w:val="00C8717D"/>
     <w:rsid w:val="00CD440A"/>
     <w:rsid w:val="00CE5552"/>
     <w:rsid w:val="00D52556"/>
     <w:rsid w:val="00D82513"/>
     <w:rsid w:val="00D8282B"/>
     <w:rsid w:val="00D85E91"/>
     <w:rsid w:val="00D922BA"/>
     <w:rsid w:val="00DB1BE0"/>
     <w:rsid w:val="00E539FD"/>
     <w:rsid w:val="00E631EA"/>
@@ -4711,54 +4732,65 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010017EF1752630B6349BE8473B50E7FBD34" ma:contentTypeVersion="10" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="450b301dcf1e7a96f8349e4321b10feb">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="72a02e83-a1ff-454e-af19-b339c0514143" xmlns:ns3="8fdf4cdf-49c9-40db-8def-9bbd850ee7d8" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c3295992696007cef73bd50892c8e9af" ns2:_="" ns3:_="">
     <xsd:import namespace="72a02e83-a1ff-454e-af19-b339c0514143"/>
     <xsd:import namespace="8fdf4cdf-49c9-40db-8def-9bbd850ee7d8"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -4917,139 +4949,128 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A0E6BC5F-31FD-4F2C-ADD0-52A9F25A63D4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C6F0C7AC-1BD2-4777-9039-2068DB407D48}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{151EAF48-A427-4406-BD29-8FC95B41F103}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B00C2C96-BC9A-49D8-976A-DC78DBA432A7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="72a02e83-a1ff-454e-af19-b339c0514143"/>
     <ds:schemaRef ds:uri="8fdf4cdf-49c9-40db-8def-9bbd850ee7d8"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{151EAF48-A427-4406-BD29-8FC95B41F103}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A0E6BC5F-31FD-4F2C-ADD0-52A9F25A63D4}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1414</Words>
-  <Characters>7781</Characters>
+  <Words>1368</Words>
+  <Characters>7982</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>64</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>166</Lines>
+  <Paragraphs>85</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Stad Kortrijk</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9177</CharactersWithSpaces>
+  <CharactersWithSpaces>9265</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Frederic Stragier</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>00e1ae9c-eeea-4da6-84a9-1dbacfd2cfe8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x01010017EF1752630B6349BE8473B50E7FBD34</vt:lpwstr>
   </property>